--- v0 (2025-10-29)
+++ v1 (2025-12-14)
@@ -1,1056 +1,2072 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00434A0F" w:rsidRPr="00D120BD" w:rsidRDefault="00D120BD">
+    <w:p w:rsidR="00434A0F" w:rsidRPr="00D120BD" w:rsidRDefault="00B36B9C" w:rsidP="00EC6506">
       <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="B Zar"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D120BD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="B Zar" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>مسئول محترم واحد تحصیلات تکمیلی دانشکده</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>مسئول محترم</w:t>
+      </w:r>
+      <w:r w:rsidR="00D120BD" w:rsidRPr="00D120BD">
         <w:rPr>
           <w:rFonts w:cs="B Zar" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve"> پرستاری </w:t>
+        <w:t xml:space="preserve"> تحصیلات تکمیلی دانشکده</w:t>
+      </w:r>
+      <w:r w:rsidR="00D120BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> پرستاری</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> اراک</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D120BD" w:rsidRPr="00D120BD" w:rsidRDefault="00D120BD" w:rsidP="00D120BD">
+    <w:p w:rsidR="00D120BD" w:rsidRPr="00D120BD" w:rsidRDefault="00D120BD" w:rsidP="00EC6506">
       <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="B Zar"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D120BD">
         <w:rPr>
           <w:rFonts w:cs="B Zar" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>سلام‌علیکم</w:t>
-[...520 lines deleted...]
-          <w:rFonts w:cs="B Zar"/>
+        <w:t>سلام</w:t>
+      </w:r>
+      <w:r w:rsidR="006959D7">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00211DF6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D120BD">
         <w:rPr>
           <w:rFonts w:cs="B Zar" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">تایید </w:t>
-[...22 lines deleted...]
-      </w:r>
+        <w:t>‌علیکم</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D120BD" w:rsidRDefault="00016016" w:rsidP="00B36B9C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Zar"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D120BD" w:rsidRPr="00D120BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">با تقدیم احترام، به استحضار </w:t>
+      </w:r>
+      <w:r w:rsidR="00D120BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>می‌رساند</w:t>
+      </w:r>
+      <w:r w:rsidR="00D120BD" w:rsidRPr="00D120BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003E6B85">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>پایان‌نامه</w:t>
+      </w:r>
+      <w:r w:rsidR="003E6B85">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00D120BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidR="00D120BD" w:rsidRPr="00D120BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>این</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Zar"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00211DF6">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>جانب</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6506">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6506">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D120BD" w:rsidRPr="00D120BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>دانشجوی مقطع کارشناسی ارشد رشت</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6506">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">ه                                  </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6506">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6506">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">با رعایت </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6506" w:rsidRPr="00D120BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">مفاد دستورالعمل </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6506">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>نحوه‌ی</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6506" w:rsidRPr="00D120BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> نگارش و تنظیم پایان‌نامه‌های دانشجویی</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6506">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D120BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">تکمیل شده و جهت </w:t>
+      </w:r>
+      <w:r w:rsidR="00D120BD" w:rsidRPr="00D120BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">دفاع </w:t>
+      </w:r>
+      <w:r w:rsidR="00D120BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>نهایی آماده</w:t>
+      </w:r>
+      <w:r w:rsidR="00D120BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00D120BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> است</w:t>
+      </w:r>
+      <w:r w:rsidR="00D120BD" w:rsidRPr="00D120BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6506">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D120BD" w:rsidRPr="00D120BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">خواهشمند است </w:t>
+      </w:r>
+      <w:r w:rsidR="00D120BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">دستور </w:t>
+      </w:r>
+      <w:r w:rsidR="00D120BD" w:rsidRPr="00D120BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>اقدامات لازم را برای داوری</w:t>
+      </w:r>
+      <w:r w:rsidR="00D120BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007068AA">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">گزارش نهایی </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3019">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>پایان‌نامه</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3019">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D120BD" w:rsidRPr="00D120BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">و برگزاری جلسه دفاع از </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3019">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">آن </w:t>
+      </w:r>
+      <w:r w:rsidR="00D120BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>صادر فرمایید</w:t>
+      </w:r>
+      <w:r w:rsidR="00D120BD" w:rsidRPr="00D120BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00211DF6" w:rsidRDefault="00D120BD" w:rsidP="00316A6D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Zar"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">نام و نام خانوادگی </w:t>
+      </w:r>
+      <w:r w:rsidR="00211DF6">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>دانشجو</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00211DF6" w:rsidRDefault="00211DF6" w:rsidP="00316A6D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Zar"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>امضاء و تاریخ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42C0C" w:rsidRPr="009B3D7F" w:rsidRDefault="00F42C0C" w:rsidP="009B3D7F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Zar"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:bidiVisual/>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="1218" w:type="dxa"/>
+        <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1559"/>
-        <w:gridCol w:w="5528"/>
+        <w:gridCol w:w="2020"/>
+        <w:gridCol w:w="7160"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00211DF6" w:rsidTr="00211DF6">
+      <w:tr w:rsidR="009B3D7F" w:rsidTr="009B3D7F">
+        <w:trPr>
+          <w:trHeight w:val="850"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00211DF6" w:rsidRDefault="00211DF6" w:rsidP="00211DF6">
+          <w:p w:rsidR="009B3D7F" w:rsidRDefault="009B3D7F" w:rsidP="009B3D7F">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>تأیید</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00211DF6">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> استادان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00211DF6" w:rsidTr="009B3D7F">
+        <w:trPr>
+          <w:trHeight w:val="850"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00211DF6" w:rsidRDefault="00EC6506" w:rsidP="009B3D7F">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="B Zar"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Zar" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>استادراهنما</w:t>
+              <w:t>استاد راهنما</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:tcW w:w="3900" w:type="pct"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00211DF6" w:rsidRDefault="00211DF6" w:rsidP="00703BAA">
+          <w:p w:rsidR="00703BAA" w:rsidRDefault="00211DF6" w:rsidP="009B3D7F">
             <w:pPr>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Zar"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Zar" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>نام و نام خانوادگی و امضاء</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00211DF6" w:rsidRDefault="00211DF6" w:rsidP="00703BAA">
-[...20 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00211DF6" w:rsidTr="00211DF6">
+      <w:tr w:rsidR="00211DF6" w:rsidTr="009B3D7F">
+        <w:trPr>
+          <w:trHeight w:val="850"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1100" w:type="pct"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00211DF6" w:rsidRDefault="00211DF6" w:rsidP="00211DF6">
+          <w:p w:rsidR="00211DF6" w:rsidRDefault="00211DF6" w:rsidP="009B3D7F">
             <w:pPr>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Zar"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Zar" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>استاد مشاور</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:tcW w:w="3900" w:type="pct"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00211DF6" w:rsidRDefault="00211DF6" w:rsidP="00703BAA">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00211DF6" w:rsidRDefault="00211DF6" w:rsidP="009B3D7F">
             <w:r w:rsidRPr="00164A66">
               <w:rPr>
                 <w:rFonts w:cs="B Zar" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>نام و نام خانوادگی و امضاء</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00211DF6" w:rsidRDefault="00211DF6" w:rsidP="00703BAA">
-[...19 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00211DF6" w:rsidTr="00211DF6">
+      <w:tr w:rsidR="00211DF6" w:rsidTr="009B3D7F">
+        <w:trPr>
+          <w:trHeight w:val="850"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1100" w:type="pct"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00211DF6" w:rsidRDefault="00211DF6" w:rsidP="00211DF6">
+          <w:p w:rsidR="00211DF6" w:rsidRDefault="00211DF6" w:rsidP="009B3D7F">
             <w:pPr>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Zar"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Zar" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>استاد مشاور</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:tcW w:w="3900" w:type="pct"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00211DF6" w:rsidRDefault="00211DF6" w:rsidP="00703BAA">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00703BAA" w:rsidRDefault="00211DF6" w:rsidP="009B3D7F">
             <w:r w:rsidRPr="00164A66">
               <w:rPr>
                 <w:rFonts w:cs="B Zar" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>نام و نام خانوادگی و امضاء</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00211DF6" w:rsidRDefault="00211DF6" w:rsidP="00703BAA">
-[...19 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D120BD" w:rsidRDefault="00D120BD" w:rsidP="00D120BD">
+    <w:p w:rsidR="00EC6506" w:rsidRPr="00442F7C" w:rsidRDefault="009B3D7F" w:rsidP="00EC6506">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:after="0" w:line="340" w:lineRule="exact"/>
+        <w:jc w:val="lowKashida"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>تأی</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6506" w:rsidRPr="00442F7C">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ید اداره آموزش</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC6506" w:rsidRPr="00A24E92" w:rsidRDefault="00EC6506" w:rsidP="00EC6506">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0" w:line="340" w:lineRule="exact"/>
+        <w:ind w:right="-262"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">1- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>گذران</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A24E92">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>دن کليه واحدهاي درسي</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC6506" w:rsidRPr="00A24E92" w:rsidRDefault="00EC6506" w:rsidP="00EC6506">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0" w:line="340" w:lineRule="exact"/>
+        <w:ind w:right="-262"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A24E92">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>2- کنترل سنوات تحصيلي</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC6506" w:rsidRPr="00A24E92" w:rsidRDefault="00EC6506" w:rsidP="00EC6506">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0" w:line="340" w:lineRule="exact"/>
+        <w:ind w:right="-262"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A24E92">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">3- کنترل میانگین نمرات </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="eastAsia"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ن</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="eastAsia"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>مسال‌ها</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A24E92">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> و میانگین نهائي نمرات</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC6506" w:rsidRPr="00A24E92" w:rsidRDefault="00EC6506" w:rsidP="00EC6506">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0" w:line="340" w:lineRule="exact"/>
+        <w:ind w:right="-262"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A24E92">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="eastAsia"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>تأ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>یی</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="eastAsia"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>د</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="eastAsia"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ه</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A24E92">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> نهايي استادان راهنما و مشاور</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC6506" w:rsidRPr="00A24E92" w:rsidRDefault="00EC6506" w:rsidP="00EC6506">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0" w:line="340" w:lineRule="exact"/>
+        <w:ind w:right="-262"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A24E92">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> دریافت نامه اتوماسیونی ستاد راهنما مبنی بر آماده بودن پایان نامه جهت دفاع منضم به فایل گزارش نهایی</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC6506" w:rsidRPr="003E69BD" w:rsidRDefault="00EC6506" w:rsidP="00EC6506">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0" w:line="340" w:lineRule="exact"/>
+        <w:ind w:right="-262"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A24E92">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">ارائه </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E69BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">گواهي </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E69BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ارسال، </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E69BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">اعلام پذیرش یا چاپ مقاله </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">در </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E69BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">يکي از مجلات معتبر </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">به همراه </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00147152">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>نسخه چاپی مقاله</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E69BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">تکمیل </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E69BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">فرم </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="eastAsia"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>تأیید</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E69BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> مقاله توسط استاد راهنما)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC6506" w:rsidRPr="003E69BD" w:rsidRDefault="00EC6506" w:rsidP="009B3D7F">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0" w:line="340" w:lineRule="exact"/>
+        <w:ind w:right="-262"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E69BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">7- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">ارائه </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E69BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">گواهي گذراندن کارگاه </w:t>
+      </w:r>
+      <w:r w:rsidR="009B3D7F">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">های مختص رشته </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC6506" w:rsidRPr="000E4A82" w:rsidRDefault="00EC6506" w:rsidP="00316A6D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="120" w:line="340" w:lineRule="exact"/>
+        <w:ind w:right="-262"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E69BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">8- فرم </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E69BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="eastAsia"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>اظهارنظر</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E69BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> داوران محترم جهت دفاع نهایی از </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E69BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="eastAsia"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>پا</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E69BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E69BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="eastAsia"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ان‌نامه</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E69BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> به همراه </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E69BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="eastAsia"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>تأییدیه‌های</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E69BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> مرتبط</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3D7F" w:rsidRPr="00316A6D" w:rsidRDefault="00EC6506" w:rsidP="00316A6D">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="single"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E69BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">پرونده آموزشی دانشجو از نظر تطبیق با قوانین و مقررات آموزشی به شرح </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>فوق</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E69BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> کنترل شد و </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">نامبرده مجاز به </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E69BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>دفاع از پایان‌نامه</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E69BD">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>است.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3D7F" w:rsidRPr="00316A6D" w:rsidRDefault="009B3D7F" w:rsidP="00316A6D">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">نام و نام خاتوادگی کارشناس آموزش </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>تحصیلات تکمیلی دانشکده</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>امضاء و تاریخ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B6A3A" w:rsidRDefault="003B6A3A" w:rsidP="00316A6D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00211DF6" w:rsidRPr="00D120BD" w:rsidRDefault="00211DF6">
+    <w:p w:rsidR="00211DF6" w:rsidRPr="00F42C0C" w:rsidRDefault="009B3D7F" w:rsidP="00316A6D">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">نام و نام خاتوادگی </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6506">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">مسئول </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6506" w:rsidRPr="001475EF">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>آموزش</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6506">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6506">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>تحصیلات تکمیلی</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">دانشکده       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 امضاء و تاریخ</w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00211DF6" w:rsidRPr="00D120BD" w:rsidSect="006E0584">
+    <w:sectPr w:rsidR="00211DF6" w:rsidRPr="00F42C0C" w:rsidSect="00F42C0C">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1276" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="1440" w:bottom="1134" w:left="1276" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="twistedLines1" w:sz="18" w:space="24" w:color="auto"/>
         <w:left w:val="twistedLines1" w:sz="18" w:space="24" w:color="auto"/>
         <w:bottom w:val="twistedLines1" w:sz="18" w:space="24" w:color="auto"/>
         <w:right w:val="twistedLines1" w:sz="18" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:font w:name="Wingdings 2">
+    <w:panose1 w:val="05020102010507070707"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yagut">
+    <w:altName w:val="Courier New"/>
+    <w:panose1 w:val="00000400000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Zar">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="B Mitra">
+    <w:panose1 w:val="00000400000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="374803E0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A7841066"/>
+    <w:lvl w:ilvl="0" w:tplc="EFAE7908">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="390"/>
+        </w:tabs>
+        <w:ind w:left="390" w:hanging="390"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings 2" w:eastAsia="Times New Roman" w:hAnsi="Wingdings 2" w:cs="Yagut" w:hint="default"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="819"/>
+        </w:tabs>
+        <w:ind w:left="819" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1539"/>
+        </w:tabs>
+        <w:ind w:left="1539" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2259"/>
+        </w:tabs>
+        <w:ind w:left="2259" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2979"/>
+        </w:tabs>
+        <w:ind w:left="2979" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3699"/>
+        </w:tabs>
+        <w:ind w:left="3699" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4419"/>
+        </w:tabs>
+        <w:ind w:left="4419" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5139"/>
+        </w:tabs>
+        <w:ind w:left="5139" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5859"/>
+        </w:tabs>
+        <w:ind w:left="5859" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D120BD"/>
     <w:rsid w:val="00016016"/>
     <w:rsid w:val="00112494"/>
     <w:rsid w:val="00133689"/>
     <w:rsid w:val="00211DF6"/>
+    <w:rsid w:val="00316A6D"/>
     <w:rsid w:val="0033269E"/>
+    <w:rsid w:val="003B6A3A"/>
     <w:rsid w:val="003E6B85"/>
     <w:rsid w:val="00434A0F"/>
+    <w:rsid w:val="006959D7"/>
     <w:rsid w:val="006C2279"/>
     <w:rsid w:val="006E0584"/>
     <w:rsid w:val="00703BAA"/>
     <w:rsid w:val="007068AA"/>
+    <w:rsid w:val="0070773D"/>
     <w:rsid w:val="007148B5"/>
     <w:rsid w:val="008A7588"/>
     <w:rsid w:val="008C6A80"/>
     <w:rsid w:val="00956426"/>
+    <w:rsid w:val="009B3D7F"/>
+    <w:rsid w:val="00B36B9C"/>
     <w:rsid w:val="00D120BD"/>
     <w:rsid w:val="00D836E7"/>
     <w:rsid w:val="00E47490"/>
     <w:rsid w:val="00E55BE9"/>
     <w:rsid w:val="00E87208"/>
     <w:rsid w:val="00EA3019"/>
+    <w:rsid w:val="00EC6506"/>
+    <w:rsid w:val="00F42C0C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="fa-IR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:docId w15:val="{F0C14581-978D-4DAD-BFBB-1DD9795CCB94}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="fa-IR"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1384,108 +2400,152 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EC6506"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00211DF6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:rsid w:val="00EC6506"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1734,66 +2794,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>133</Words>
-  <Characters>760</Characters>
+  <Words>217</Words>
+  <Characters>1239</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>10</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>892</CharactersWithSpaces>
+  <CharactersWithSpaces>1454</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>saadat2</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>